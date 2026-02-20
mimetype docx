--- v0 (2025-10-05)
+++ v1 (2026-02-20)
@@ -9,3629 +9,3581 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:bookmarkStart w:id="0" w:name="_Hlk160090200" w:displacedByCustomXml="next"/>
-[...1 lines deleted...]
-      <w:sdtPr>
+    <w:p w14:paraId="015989BA" w14:textId="3BDC25BE" w:rsidR="00E35F3B" w:rsidRPr="004B7A38" w:rsidRDefault="00787058" w:rsidP="002B488E">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:id w:val="2046477359"/>
-[...23 lines deleted...]
-          </w:pPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk160090200"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Spring 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00384480">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC650B" w:rsidRPr="004B7A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00623D69" w:rsidRPr="004B7A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Schedule Adjustment/Closed Class Form</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="630554D3" w14:textId="77777777" w:rsidR="00CE77B1" w:rsidRPr="004B7A38" w:rsidRDefault="00F14525" w:rsidP="002B488E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B7A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please fill out your information </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC650B" w:rsidRPr="004B7A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the classes you </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE77B1" w:rsidRPr="004B7A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>would like</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> added to your schedule and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004B7A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>take</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004B7A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or email this form to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE77B1" w:rsidRPr="004B7A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">appropriate </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Academic Division Office</w:t>
+      </w:r>
+      <w:r w:rsidR="004B7A38" w:rsidRPr="004B7A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of your declared major</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE77B1" w:rsidRPr="004B7A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE77B1" w:rsidRPr="004B7A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>DO NOT</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE77B1" w:rsidRPr="004B7A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> take this form to the class instructor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E93FB98" w14:textId="77777777" w:rsidR="004B7A38" w:rsidRPr="00CE77B1" w:rsidRDefault="004B7A38" w:rsidP="00833B52">
+      <w:pPr>
+        <w:spacing w:line="120" w:lineRule="exact"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="355" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3510"/>
+        <w:gridCol w:w="1980"/>
+        <w:gridCol w:w="4945"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CE77B1" w14:paraId="2993B9E7" w14:textId="77777777" w:rsidTr="004B7A38">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3510" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E27CC75" w14:textId="77777777" w:rsidR="00CE77B1" w:rsidRPr="00FC650B" w:rsidRDefault="00CE77B1" w:rsidP="00CE77B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC650B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Division</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB6FFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07DBA755" w14:textId="77777777" w:rsidR="00CE77B1" w:rsidRPr="00FC650B" w:rsidRDefault="00CE77B1" w:rsidP="00CE77B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC650B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Room</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10AF210D" w14:textId="77777777" w:rsidR="00CE77B1" w:rsidRPr="00FC650B" w:rsidRDefault="00CE77B1" w:rsidP="00CE77B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC650B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Email</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE77B1" w14:paraId="18C4F925" w14:textId="77777777" w:rsidTr="004B7A38">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3510" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="234FA604" w14:textId="77777777" w:rsidR="00CE77B1" w:rsidRPr="00FC650B" w:rsidRDefault="00CE77B1" w:rsidP="00CE77B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC650B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Arts &amp; Sciences</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41A0ABCA" w14:textId="441E0153" w:rsidR="00CE77B1" w:rsidRPr="00FC650B" w:rsidRDefault="00CE77B1" w:rsidP="005335CD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC650B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>AB 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00C04B74">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidR="005D45B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BEB3109" w14:textId="68B72834" w:rsidR="00CE77B1" w:rsidRPr="00FC650B" w:rsidRDefault="005D45B3" w:rsidP="00CE77B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Jonah.Leach</w:t>
+            </w:r>
+            <w:r w:rsidR="007F2FCD" w:rsidRPr="007F2FCD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>@pueblocc.edu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE77B1" w14:paraId="65466C3D" w14:textId="77777777" w:rsidTr="004B7A38">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3510" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5796AFDF" w14:textId="77777777" w:rsidR="00CE77B1" w:rsidRPr="00FC650B" w:rsidRDefault="00FC650B" w:rsidP="00CE77B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Business &amp; Advanced Technology</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AE5D707" w14:textId="77777777" w:rsidR="00CE77B1" w:rsidRPr="00FC650B" w:rsidRDefault="00FC650B" w:rsidP="00CE77B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>GC 104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E76F94A" w14:textId="37BB0D27" w:rsidR="00CE77B1" w:rsidRPr="00FC650B" w:rsidRDefault="007A785C" w:rsidP="00FC650B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Brett.Burke@pueblocc.edu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE77B1" w14:paraId="549C9B3D" w14:textId="77777777" w:rsidTr="00C72F4C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3510" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59B350C7" w14:textId="77777777" w:rsidR="00CE77B1" w:rsidRPr="00C72F4C" w:rsidRDefault="00FC650B" w:rsidP="00CE77B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C72F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Health &amp; Public Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F2EBC5B" w14:textId="77777777" w:rsidR="00CE77B1" w:rsidRPr="00C72F4C" w:rsidRDefault="007F2FCD" w:rsidP="00CE77B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C72F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="002C36DF" w:rsidRPr="00C72F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MC-</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC7422" w:rsidRPr="00C72F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1100D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EFCD5A3" w14:textId="77777777" w:rsidR="00CE77B1" w:rsidRPr="00C72F4C" w:rsidRDefault="007F2FCD" w:rsidP="00CE77B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C72F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Janelle.Dunnington@</w:t>
+            </w:r>
+            <w:r w:rsidR="00366DAA" w:rsidRPr="00C72F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C72F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ueblocc.edu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE77B1" w14:paraId="2727481B" w14:textId="77777777" w:rsidTr="004B7A38">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3510" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16FC68E0" w14:textId="172BB829" w:rsidR="00CE77B1" w:rsidRPr="000214CF" w:rsidRDefault="0052258D" w:rsidP="00CE77B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C39A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Medical &amp; Behavioral Health</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C501A8F" w14:textId="14B6C91F" w:rsidR="00CE77B1" w:rsidRPr="000214CF" w:rsidRDefault="007F2FCD" w:rsidP="00CE77B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000214CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="002C36DF" w:rsidRPr="000214CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MC-</w:t>
+            </w:r>
+            <w:r w:rsidR="007A785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1100A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5817E133" w14:textId="716C1A76" w:rsidR="00CE77B1" w:rsidRPr="000214CF" w:rsidRDefault="007A785C" w:rsidP="00CE77B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Aaron.Lucero@pueblocc.edu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB6FFF" w14:paraId="31CD9D2C" w14:textId="77777777" w:rsidTr="004B7A38">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3510" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="290600D6" w14:textId="77777777" w:rsidR="00FB6FFF" w:rsidRDefault="00FB6FFF" w:rsidP="00CE77B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PCC Fremont Campus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="665AE117" w14:textId="77777777" w:rsidR="00FB6FFF" w:rsidRDefault="00FB6FFF" w:rsidP="00CE77B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>GoZone</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="477A16E8" w14:textId="6B2F17C6" w:rsidR="00FB6FFF" w:rsidRDefault="00601D11" w:rsidP="00CE77B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Debbie.Herrera@pueblocc.edu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA4E68" w:rsidRPr="006C2E57">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Jeffrey.Smith</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA4E68" w:rsidRPr="00BA4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>@pueblocc.edu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B7A38" w14:paraId="5B2D042C" w14:textId="77777777" w:rsidTr="004B7A38">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3510" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38136120" w14:textId="597D8565" w:rsidR="004B7A38" w:rsidRPr="00E221E4" w:rsidRDefault="004B7A38" w:rsidP="004B7A38">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E221E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PCCSW &amp; Mancos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A81CEAF" w14:textId="77777777" w:rsidR="004B7A38" w:rsidRPr="00E221E4" w:rsidRDefault="004B7A38" w:rsidP="00CE77B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E221E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>GoZones</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40E2E30B" w14:textId="77777777" w:rsidR="004B7A38" w:rsidRPr="00E221E4" w:rsidRDefault="00E221E4" w:rsidP="00CE77B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E221E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lisa.Molina@pueblocc.edu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6905EA64" w14:textId="77777777" w:rsidR="00E35F3B" w:rsidRPr="00E35F3B" w:rsidRDefault="00E35F3B" w:rsidP="00833B52">
+      <w:pPr>
+        <w:spacing w:line="120" w:lineRule="exact"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22FDF970" w14:textId="77777777" w:rsidR="00E35F3B" w:rsidRDefault="00E35F3B" w:rsidP="00833B52">
+      <w:pPr>
+        <w:spacing w:line="120" w:lineRule="exact"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="045701E0" w14:textId="77777777" w:rsidR="00E35F3B" w:rsidRPr="00DE6CC9" w:rsidRDefault="00E35F3B" w:rsidP="00DE6CC9">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3420"/>
+          <w:tab w:val="left" w:pos="3510"/>
+          <w:tab w:val="left" w:pos="4500"/>
+          <w:tab w:val="left" w:pos="4590"/>
+          <w:tab w:val="left" w:pos="5580"/>
+          <w:tab w:val="left" w:pos="8460"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="10800"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">First Name: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="FormField"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:alias w:val="Enter first name"/>
+          <w:tag w:val="Enter first name"/>
+          <w:id w:val="197828702"/>
+          <w:placeholder>
+            <w:docPart w:val="8C2759BC60FE4265AB1F5AF25B4664B5"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtContent>
           <w:r>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...854 lines deleted...]
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:rStyle w:val="FormField"/>
               <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
-[...581 lines deleted...]
-              <w:u w:val="single"/>
             </w:rPr>
             <w:tab/>
           </w:r>
-          <w:r w:rsidR="009F3C2C" w:rsidRPr="00833B52">
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">M.I. </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="FormField"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:alias w:val="Enter middle initial if applicable"/>
+          <w:tag w:val="Enter middle initial if applicable"/>
+          <w:id w:val="-2055919586"/>
+          <w:placeholder>
+            <w:docPart w:val="8CFF70659C7E43CD90C80AE7E03CB220"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...79 lines deleted...]
-              <w:u w:val="single"/>
+              <w:rStyle w:val="FormField"/>
+              <w:sz w:val="16"/>
             </w:rPr>
             <w:tab/>
           </w:r>
-          <w:r w:rsidRPr="00833B52">
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Last Name: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="FormField"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:alias w:val="Enter last name"/>
+          <w:tag w:val="Enter last name"/>
+          <w:id w:val="1522210064"/>
+          <w:placeholder>
+            <w:docPart w:val="8C2759BC60FE4265AB1F5AF25B4664B5"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
             <w:rPr>
-              <w:rFonts w:cs="Arial"/>
-[...35 lines deleted...]
-              <w:u w:val="single"/>
+              <w:rStyle w:val="FormField"/>
+              <w:sz w:val="16"/>
             </w:rPr>
             <w:tab/>
           </w:r>
-          <w:r w:rsidRPr="00833B52">
-[...7 lines deleted...]
-          <w:r w:rsidR="00193FC1" w:rsidRPr="00833B52">
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00DE6CC9">
+        <w:rPr>
+          <w:rStyle w:val="FormField"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6CC9">
+        <w:rPr>
+          <w:rStyle w:val="FormField"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6CC9" w:rsidRPr="00DE6CC9">
+        <w:rPr>
+          <w:rStyle w:val="FormField"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>S #:</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6CC9">
+        <w:rPr>
+          <w:rStyle w:val="FormField"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="ADA"/>
+          </w:rPr>
+          <w:alias w:val="Enter student ID number"/>
+          <w:tag w:val="Enter student ID number"/>
+          <w:id w:val="-962805825"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_1081868574"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="FormField"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00DE6CC9">
             <w:rPr>
               <w:rStyle w:val="ADA"/>
-              <w:sz w:val="22"/>
-[...9 lines deleted...]
-              <w:szCs w:val="22"/>
             </w:rPr>
             <w:tab/>
           </w:r>
-        </w:p>
-[...89 lines deleted...]
-          </w:pPr>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="18EFAD18" w14:textId="77777777" w:rsidR="00DE6CC9" w:rsidRDefault="00DE6CC9" w:rsidP="00DE6CC9">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="5580"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DD02678" w14:textId="77777777" w:rsidR="00E35F3B" w:rsidRPr="00DE6CC9" w:rsidRDefault="00E35F3B" w:rsidP="00DE6CC9">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="5580"/>
+          <w:tab w:val="left" w:pos="10800"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Phone # (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">primary): </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="FormField"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:alias w:val="Enter primary phone #"/>
+          <w:tag w:val="Enter primary phone #"/>
+          <w:id w:val="449509648"/>
+          <w:placeholder>
+            <w:docPart w:val="BA28118758C1467EAC4FEB6F623A6A0A"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtContent>
           <w:r>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...242 lines deleted...]
-              <w:u w:val="single"/>
+              <w:rStyle w:val="FormField"/>
+              <w:sz w:val="16"/>
             </w:rPr>
             <w:tab/>
           </w:r>
-        </w:p>
-[...10 lines deleted...]
-            <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00DE6CC9">
+        <w:rPr>
+          <w:rStyle w:val="FormField"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6CC9" w:rsidRPr="00DE6CC9">
+        <w:rPr>
+          <w:rStyle w:val="FormField"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Email Address (student)</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6CC9">
+        <w:rPr>
+          <w:rStyle w:val="FormField"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="ADA"/>
+          </w:rPr>
+          <w:alias w:val="Enter student email address assigned by college"/>
+          <w:tag w:val="Enter student email address assigned by college"/>
+          <w:id w:val="1359780815"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_1081868574"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="FormField"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00DE6CC9">
             <w:rPr>
-              <w:rFonts w:cs="Arial"/>
-[...186 lines deleted...]
-              <w:u w:val="single"/>
+              <w:rStyle w:val="ADA"/>
             </w:rPr>
             <w:tab/>
           </w:r>
-        </w:p>
-[...15 lines deleted...]
-          </w:pPr>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="75609EA2" w14:textId="77777777" w:rsidR="00E35F3B" w:rsidRDefault="00E35F3B" w:rsidP="00E35F3B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="7200"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16B2B347" w14:textId="77777777" w:rsidR="008326CB" w:rsidRPr="00CE77B1" w:rsidRDefault="00E35F3B" w:rsidP="00CE77B1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4860"/>
+          <w:tab w:val="left" w:pos="4950"/>
+          <w:tab w:val="left" w:pos="7740"/>
+          <w:tab w:val="left" w:pos="7830"/>
+          <w:tab w:val="left" w:pos="9000"/>
+          <w:tab w:val="left" w:pos="9090"/>
+          <w:tab w:val="left" w:pos="10800"/>
+        </w:tabs>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Street Address: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="FormField"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:alias w:val="Enter street address"/>
+          <w:tag w:val="Enter street address"/>
+          <w:id w:val="1613706033"/>
+          <w:placeholder>
+            <w:docPart w:val="C71183BFFB19427DB30D7E2AE8C489A2"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtContent>
           <w:r>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...178 lines deleted...]
-              <w:u w:val="single"/>
+              <w:rStyle w:val="FormField"/>
+              <w:sz w:val="16"/>
             </w:rPr>
             <w:tab/>
           </w:r>
-        </w:p>
-[...164 lines deleted...]
-          </w:pPr>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">City: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="FormField"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:alias w:val="Enter city"/>
+          <w:tag w:val="Enter city"/>
+          <w:id w:val="932094947"/>
+          <w:placeholder>
+            <w:docPart w:val="EF00CB7B49554648AE0B3CB16BD78D53"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtContent>
           <w:r>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...262 lines deleted...]
-              <w:u w:val="single"/>
+              <w:rStyle w:val="FormField"/>
+              <w:sz w:val="16"/>
             </w:rPr>
             <w:tab/>
           </w:r>
-        </w:p>
-[...17 lines deleted...]
-          </w:pPr>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">State: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="FormField"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:alias w:val="Enter state"/>
+          <w:tag w:val="Enter state"/>
+          <w:id w:val="-1760443424"/>
+          <w:placeholder>
+            <w:docPart w:val="B21D5BEEEE154BE0848FE97C08031DB5"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtContent>
           <w:r>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...178 lines deleted...]
-              <w:u w:val="single"/>
+              <w:rStyle w:val="FormField"/>
+              <w:sz w:val="16"/>
             </w:rPr>
             <w:tab/>
           </w:r>
-        </w:p>
-[...17 lines deleted...]
-          </w:pPr>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Zip </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="FormField"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:alias w:val="Enter zip code"/>
+          <w:tag w:val="Enter zip code"/>
+          <w:id w:val="-713273281"/>
+          <w:placeholder>
+            <w:docPart w:val="19FA08D6AE1F4F78BEC5A63D0DFC0886"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtContent>
           <w:r>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...178 lines deleted...]
-              <w:u w:val="single"/>
+              <w:rStyle w:val="FormField"/>
+              <w:sz w:val="16"/>
             </w:rPr>
             <w:tab/>
           </w:r>
-        </w:p>
-[...35 lines deleted...]
-          </w:pPr>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="6094592C" w14:textId="77777777" w:rsidR="009F2982" w:rsidRPr="00833B52" w:rsidRDefault="009F2982" w:rsidP="00193FC1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1350"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="6660"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00833B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Example:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="362DD789" w14:textId="77777777" w:rsidR="00EB23FF" w:rsidRPr="00833B52" w:rsidRDefault="00EB23FF" w:rsidP="004960EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+          <w:tab w:val="left" w:pos="3420"/>
+          <w:tab w:val="left" w:pos="4770"/>
+          <w:tab w:val="left" w:pos="6120"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="10786"/>
+        </w:tabs>
+        <w:spacing w:after="200" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ADA"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00833B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CRN</w:t>
+      </w:r>
+      <w:r w:rsidR="00593A84" w:rsidRPr="00833B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00593A84" w:rsidRPr="00833B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>12345</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3C2C" w:rsidRPr="00833B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009F3C2C" w:rsidRPr="00833B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00833B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Course ID: </w:t>
+      </w:r>
+      <w:r w:rsidR="009F3C2C" w:rsidRPr="00833B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ENG 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E56196">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3C2C" w:rsidRPr="00833B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidR="00E56196">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00833B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Section:</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3C2C" w:rsidRPr="00833B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F3C2C" w:rsidRPr="00833B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>002</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3C2C" w:rsidRPr="00833B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00833B52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00833B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Credit:</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3C2C" w:rsidRPr="00833B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009F3C2C" w:rsidRPr="00833B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3C2C" w:rsidRPr="00833B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00833B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> *</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00833B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Approval Signature:</w:t>
+      </w:r>
+      <w:r w:rsidR="00193FC1" w:rsidRPr="00833B52">
+        <w:rPr>
+          <w:rStyle w:val="ADA"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00593A84" w:rsidRPr="00833B52">
+        <w:rPr>
+          <w:rStyle w:val="ADA"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17B2617D" w14:textId="77777777" w:rsidR="00623D69" w:rsidRPr="00193FC1" w:rsidRDefault="00623D69" w:rsidP="00EB23FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+          <w:tab w:val="left" w:pos="2610"/>
+          <w:tab w:val="left" w:pos="4770"/>
+          <w:tab w:val="left" w:pos="6120"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="10786"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193FC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ADD CLOSED CLASS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3152AD29" w14:textId="77777777" w:rsidR="00623D69" w:rsidRPr="004960EC" w:rsidRDefault="00623D69" w:rsidP="00FD7C74">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+          <w:tab w:val="left" w:pos="2610"/>
+          <w:tab w:val="left" w:pos="4770"/>
+          <w:tab w:val="left" w:pos="6120"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="10786"/>
+        </w:tabs>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004960EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Permission Required for Close</w:t>
+      </w:r>
+      <w:r w:rsidR="00B916D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004960EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Classes: Instructor and Department Chair signatures</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC9D2F0" w14:textId="77777777" w:rsidR="006B5242" w:rsidRPr="00593A84" w:rsidRDefault="006C59AF" w:rsidP="00EB23FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+          <w:tab w:val="left" w:pos="3420"/>
+          <w:tab w:val="left" w:pos="4770"/>
+          <w:tab w:val="left" w:pos="6120"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="10786"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00E35F3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>RN</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="ADA"/>
+          </w:rPr>
+          <w:alias w:val="Insert CRN"/>
+          <w:tag w:val="Insert CRN"/>
+          <w:id w:val="-1723360327"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_1081868574"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
           <w:r>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...88 lines deleted...]
-              <w:u w:val="single"/>
+              <w:rStyle w:val="ADA"/>
             </w:rPr>
             <w:tab/>
           </w:r>
-          <w:r w:rsidR="00593A84">
-[...91 lines deleted...]
-          </w:pPr>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB23FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Course ID:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="ADA"/>
+          </w:rPr>
+          <w:alias w:val="Insert Course ID"/>
+          <w:tag w:val="Insert Course ID"/>
+          <w:id w:val="-823431083"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_1081868574"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
           <w:r>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...26 lines deleted...]
-              <w:u w:val="single"/>
+              <w:rStyle w:val="ADA"/>
             </w:rPr>
             <w:tab/>
           </w:r>
-          <w:r w:rsidR="00593A84">
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00E35F3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Section</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="ADA"/>
+          </w:rPr>
+          <w:alias w:val="Insert Section"/>
+          <w:tag w:val="Insert Section"/>
+          <w:id w:val="1852751191"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_1081868574"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              <w:sz w:val="20"/>
+              <w:rStyle w:val="ADA"/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00E35F3B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E35F3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Credit:</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="ADA"/>
+          </w:rPr>
+          <w:alias w:val="Insert Credit"/>
+          <w:tag w:val="Insert Credit"/>
+          <w:id w:val="-782346051"/>
+          <w:placeholder>
+            <w:docPart w:val="2270742F12DD4492B9CED351F7980107"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00E35F3B">
+            <w:rPr>
+              <w:rStyle w:val="ADA"/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00E35F3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0017067D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00685821">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Approval Signature</w:t>
+      </w:r>
+      <w:r w:rsidR="006B5242">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00193FC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00593A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18AE2140" w14:textId="77777777" w:rsidR="00EB23FF" w:rsidRPr="00593A84" w:rsidRDefault="00EB23FF" w:rsidP="00EB23FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+          <w:tab w:val="left" w:pos="3420"/>
+          <w:tab w:val="left" w:pos="4770"/>
+          <w:tab w:val="left" w:pos="6120"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="10786"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>CRN:</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="ADA"/>
+          </w:rPr>
+          <w:alias w:val="Insert CRN"/>
+          <w:tag w:val="Insert CRN"/>
+          <w:id w:val="1108698711"/>
+          <w:placeholder>
+            <w:docPart w:val="CB7770FFC81F4C2EA53E7D00D0062FA6"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="ADA"/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Course ID: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="ADA"/>
+          </w:rPr>
+          <w:alias w:val="Insert Course ID"/>
+          <w:tag w:val="Insert Course ID"/>
+          <w:id w:val="2003463475"/>
+          <w:placeholder>
+            <w:docPart w:val="CB7770FFC81F4C2EA53E7D00D0062FA6"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="ADA"/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Section:</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="ADA"/>
+          </w:rPr>
+          <w:alias w:val="Insert Section"/>
+          <w:tag w:val="Insert Section"/>
+          <w:id w:val="-1632708778"/>
+          <w:placeholder>
+            <w:docPart w:val="CB7770FFC81F4C2EA53E7D00D0062FA6"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="ADA"/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Credit:</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="ADA"/>
+          </w:rPr>
+          <w:alias w:val="Insert Credit"/>
+          <w:tag w:val="Insert Credit"/>
+          <w:id w:val="1670137549"/>
+          <w:placeholder>
+            <w:docPart w:val="2B35341C542B4D5F9124B604A7F2328E"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="ADA"/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> *Approval Signature:</w:t>
+      </w:r>
+      <w:r w:rsidR="00193FC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00593A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B3E427A" w14:textId="77777777" w:rsidR="00716E2E" w:rsidRDefault="00EB23FF" w:rsidP="00FC650B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+          <w:tab w:val="left" w:pos="3420"/>
+          <w:tab w:val="left" w:pos="4770"/>
+          <w:tab w:val="left" w:pos="6120"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="10786"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>CRN:</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="ADA"/>
+          </w:rPr>
+          <w:alias w:val="Insert CRN"/>
+          <w:tag w:val="Insert CRN"/>
+          <w:id w:val="1862699083"/>
+          <w:placeholder>
+            <w:docPart w:val="9D8EC798EF5149378642B8ED10C41EFB"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="ADA"/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Course ID: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="ADA"/>
+          </w:rPr>
+          <w:alias w:val="Insert Course ID"/>
+          <w:tag w:val="Insert Course ID"/>
+          <w:id w:val="-41294398"/>
+          <w:placeholder>
+            <w:docPart w:val="9D8EC798EF5149378642B8ED10C41EFB"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="ADA"/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Section:</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="ADA"/>
+          </w:rPr>
+          <w:alias w:val="Insert Section"/>
+          <w:tag w:val="Insert Section"/>
+          <w:id w:val="-1460253395"/>
+          <w:placeholder>
+            <w:docPart w:val="9D8EC798EF5149378642B8ED10C41EFB"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="ADA"/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Credit:</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="ADA"/>
+          </w:rPr>
+          <w:alias w:val="Insert Credit"/>
+          <w:tag w:val="Insert Credit"/>
+          <w:id w:val="117884257"/>
+          <w:placeholder>
+            <w:docPart w:val="C04377040CAF4CA2B489DDC105DC9604"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="ADA"/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> *Approval Signature:</w:t>
+      </w:r>
+      <w:r w:rsidR="00193FC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00593A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E89454B" w14:textId="77777777" w:rsidR="00445F67" w:rsidRPr="00193FC1" w:rsidRDefault="00445F67" w:rsidP="00445F67">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+          <w:tab w:val="left" w:pos="2610"/>
+          <w:tab w:val="left" w:pos="4770"/>
+          <w:tab w:val="left" w:pos="6120"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="10786"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193FC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>SCHEDULE ADJUSTMENT ADD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03343B92" w14:textId="6F73377C" w:rsidR="00445F67" w:rsidRPr="00FD7C74" w:rsidRDefault="00445F67" w:rsidP="00FD7C74">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+          <w:tab w:val="left" w:pos="2610"/>
+          <w:tab w:val="left" w:pos="4770"/>
+          <w:tab w:val="left" w:pos="6120"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="10786"/>
+        </w:tabs>
+        <w:spacing w:after="40"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD7C74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Schedule Adjustment Period:</w:t>
+      </w:r>
+      <w:r w:rsidR="00050C8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00787058">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>January 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00384480">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="00787058">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -21</w:t>
+      </w:r>
+      <w:r w:rsidR="00787058" w:rsidRPr="00787058">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB6A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD7C74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>– No signatures required</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05DE040B" w14:textId="74FC977B" w:rsidR="00445F67" w:rsidRPr="00FD7C74" w:rsidRDefault="00787058" w:rsidP="00FD7C74">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+          <w:tab w:val="left" w:pos="2610"/>
+          <w:tab w:val="left" w:pos="4770"/>
+          <w:tab w:val="left" w:pos="6120"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="10786"/>
+        </w:tabs>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>January 22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787058">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787058">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB6A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00445F67" w:rsidRPr="00FD7C74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>– Instructor and Department Chair signatures required</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="314DCFB9" w14:textId="77777777" w:rsidR="00EB23FF" w:rsidRPr="00593A84" w:rsidRDefault="00EB23FF" w:rsidP="00EB23FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+          <w:tab w:val="left" w:pos="3420"/>
+          <w:tab w:val="left" w:pos="4770"/>
+          <w:tab w:val="left" w:pos="6120"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="10786"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>CRN:</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="ADA"/>
+          </w:rPr>
+          <w:alias w:val="Insert CRN"/>
+          <w:tag w:val="Insert CRN"/>
+          <w:id w:val="303055866"/>
+          <w:placeholder>
+            <w:docPart w:val="DFDE31211E6F4B02BB4D000C18936722"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="ADA"/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Course ID: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="ADA"/>
+          </w:rPr>
+          <w:alias w:val="Insert Course ID"/>
+          <w:tag w:val="Insert Course ID"/>
+          <w:id w:val="418611070"/>
+          <w:placeholder>
+            <w:docPart w:val="DFDE31211E6F4B02BB4D000C18936722"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="ADA"/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Section:</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="ADA"/>
+          </w:rPr>
+          <w:alias w:val="Insert Section"/>
+          <w:tag w:val="Insert Section"/>
+          <w:id w:val="1427391154"/>
+          <w:placeholder>
+            <w:docPart w:val="DFDE31211E6F4B02BB4D000C18936722"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="ADA"/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Credit:</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="ADA"/>
+          </w:rPr>
+          <w:alias w:val="Insert Credit"/>
+          <w:tag w:val="Insert Credit"/>
+          <w:id w:val="55451608"/>
+          <w:placeholder>
+            <w:docPart w:val="1535F20F501244018AD62307989E6441"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="ADA"/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> *Approval Signature:</w:t>
+      </w:r>
+      <w:r w:rsidR="00193FC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00593A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1126BFBF" w14:textId="77777777" w:rsidR="00EB23FF" w:rsidRPr="00593A84" w:rsidRDefault="00EB23FF" w:rsidP="00EB23FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+          <w:tab w:val="left" w:pos="3420"/>
+          <w:tab w:val="left" w:pos="4770"/>
+          <w:tab w:val="left" w:pos="6120"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="10786"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>CRN:</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="ADA"/>
+          </w:rPr>
+          <w:alias w:val="Insert CRN"/>
+          <w:tag w:val="Insert CRN"/>
+          <w:id w:val="356788020"/>
+          <w:placeholder>
+            <w:docPart w:val="43BF3A81C6084E208021215F33C9A15E"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="ADA"/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Course ID: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="ADA"/>
+          </w:rPr>
+          <w:alias w:val="Insert Course ID"/>
+          <w:tag w:val="Insert Course ID"/>
+          <w:id w:val="1406344610"/>
+          <w:placeholder>
+            <w:docPart w:val="43BF3A81C6084E208021215F33C9A15E"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="ADA"/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Section:</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="ADA"/>
+          </w:rPr>
+          <w:alias w:val="Insert Section"/>
+          <w:tag w:val="Insert Section"/>
+          <w:id w:val="728805445"/>
+          <w:placeholder>
+            <w:docPart w:val="43BF3A81C6084E208021215F33C9A15E"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="ADA"/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Credit:</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="ADA"/>
+          </w:rPr>
+          <w:alias w:val="Insert Credit"/>
+          <w:tag w:val="Insert Credit"/>
+          <w:id w:val="-1234081749"/>
+          <w:placeholder>
+            <w:docPart w:val="1B137D1687E04882862D0C56F842B765"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="ADA"/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> *Approval Signature:</w:t>
+      </w:r>
+      <w:r w:rsidR="00193FC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00593A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1696BAEC" w14:textId="77777777" w:rsidR="00EB23FF" w:rsidRPr="00593A84" w:rsidRDefault="00EB23FF" w:rsidP="00EB23FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+          <w:tab w:val="left" w:pos="3420"/>
+          <w:tab w:val="left" w:pos="4770"/>
+          <w:tab w:val="left" w:pos="6120"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="10786"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>CRN:</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="ADA"/>
+          </w:rPr>
+          <w:alias w:val="Insert CRN"/>
+          <w:tag w:val="Insert CRN"/>
+          <w:id w:val="-41212754"/>
+          <w:placeholder>
+            <w:docPart w:val="D437EEDF1DEE4247A6A0E2A02DCA2CC0"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="ADA"/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Course ID: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="ADA"/>
+          </w:rPr>
+          <w:alias w:val="Insert Course ID"/>
+          <w:tag w:val="Insert Course ID"/>
+          <w:id w:val="1666823732"/>
+          <w:placeholder>
+            <w:docPart w:val="D437EEDF1DEE4247A6A0E2A02DCA2CC0"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="ADA"/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Section:</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="ADA"/>
+          </w:rPr>
+          <w:alias w:val="Insert Section"/>
+          <w:tag w:val="Insert Section"/>
+          <w:id w:val="1021133256"/>
+          <w:placeholder>
+            <w:docPart w:val="D437EEDF1DEE4247A6A0E2A02DCA2CC0"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="ADA"/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Credit:</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="ADA"/>
+          </w:rPr>
+          <w:alias w:val="Insert Credit"/>
+          <w:tag w:val="Insert Credit"/>
+          <w:id w:val="-209112816"/>
+          <w:placeholder>
+            <w:docPart w:val="D6B2E9CA48DA40A182AB4E34DCB1A5FB"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="ADA"/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> *Approval Signature:</w:t>
+      </w:r>
+      <w:r w:rsidR="00193FC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00593A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F8DB83B" w14:textId="77777777" w:rsidR="009C2FDC" w:rsidRPr="00FD7C74" w:rsidRDefault="009C2FDC" w:rsidP="00FD7C74">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD7C74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>STUDENT SIGNATURE authorizes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AE16C03" w14:textId="77777777" w:rsidR="009C2FDC" w:rsidRDefault="009F2982" w:rsidP="009C2FDC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The C</w:t>
+      </w:r>
+      <w:r w:rsidR="009C2FDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>OF stipend to be applied to your In-State Tuition</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64F9969A" w14:textId="77777777" w:rsidR="009C2FDC" w:rsidRPr="009C2FDC" w:rsidRDefault="009C2FDC" w:rsidP="000409E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C2FDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Holds you financially responsible for all the above registered courses.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56137C91" w14:textId="77777777" w:rsidR="009C2FDC" w:rsidRPr="00380950" w:rsidRDefault="009C2FDC" w:rsidP="00FE2B20">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="449EB2B9" w14:textId="77777777" w:rsidR="0047095C" w:rsidRPr="0047095C" w:rsidRDefault="0047095C" w:rsidP="00593A84">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="10710"/>
+          <w:tab w:val="left" w:pos="10800"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047095C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Student Signature: </w:t>
+      </w:r>
+      <w:r w:rsidR="00593A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00593A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047095C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Date: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="FormField"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:alias w:val="Indicate date"/>
+          <w:tag w:val="Indicate date"/>
+          <w:id w:val="1996375164"/>
+          <w:placeholder>
+            <w:docPart w:val="D3F341C7850A4982B341EB8A5441A7D4"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="22"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="0047095C">
+            <w:rPr>
+              <w:rStyle w:val="FormField"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve"> </w:t>
+            <w:tab/>
           </w:r>
-          <w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="173B3A34" w14:textId="77777777" w:rsidR="0047095C" w:rsidRPr="0047095C" w:rsidRDefault="0047095C" w:rsidP="004960EC">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="double" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3780"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4860"/>
+          <w:tab w:val="left" w:pos="5580"/>
+          <w:tab w:val="left" w:pos="5940"/>
+          <w:tab w:val="left" w:pos="6300"/>
+          <w:tab w:val="left" w:pos="6660"/>
+          <w:tab w:val="left" w:pos="6840"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7740"/>
+          <w:tab w:val="left" w:pos="8460"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+        </w:tabs>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56348BF2" w14:textId="77777777" w:rsidR="003C3553" w:rsidRDefault="009C2FDC" w:rsidP="00593A84">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="10800"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Processed by</w:t>
+      </w:r>
+      <w:r w:rsidR="004960EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="003C3553" w:rsidRPr="003C3553">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00593A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00593A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Date:</w:t>
+      </w:r>
+      <w:r w:rsidR="003C3553" w:rsidRPr="003C3553">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="ADA"/>
+          </w:rPr>
+          <w:alias w:val="Indicate date"/>
+          <w:tag w:val="Indicate date"/>
+          <w:id w:val="-1462572075"/>
+          <w:placeholder>
+            <w:docPart w:val="F4DAB813F01841F4A344E07E679F65C7"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00DC0044">
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-              <w:szCs w:val="20"/>
+              <w:rStyle w:val="ADA"/>
             </w:rPr>
-            <w:t>Date:</w:t>
+            <w:tab/>
           </w:r>
-          <w:r w:rsidR="003C3553" w:rsidRPr="003C3553">
-[...47 lines deleted...]
-    </w:sdt>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="003C3553">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
     <w:sectPr w:rsidR="003C3553" w:rsidSect="004B7A38">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="288" w:right="720" w:bottom="288" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4595A234" w14:textId="77777777" w:rsidR="009A577A" w:rsidRDefault="009A577A">
+    <w:p w14:paraId="261FB878" w14:textId="77777777" w:rsidR="00F66ECD" w:rsidRDefault="00F66ECD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7ACEC0D6" w14:textId="77777777" w:rsidR="009A577A" w:rsidRDefault="009A577A">
+    <w:p w14:paraId="2960DC00" w14:textId="77777777" w:rsidR="00F66ECD" w:rsidRDefault="00F66ECD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -3648,361 +3600,302 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...1 lines deleted...]
-    <w:sdtPr>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="38CD867C" w14:textId="4DB96CEB" w:rsidR="008F46C0" w:rsidRPr="008F46C0" w:rsidRDefault="008F46C0" w:rsidP="00593A84">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="8640"/>
+        <w:tab w:val="right" w:pos="10710"/>
+      </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:id w:val="1359080714"/>
-[...113 lines deleted...]
-  </w:sdt>
+    </w:pPr>
+    <w:r w:rsidRPr="00EA1437">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>R</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">evised </w:t>
+    </w:r>
+    <w:r w:rsidR="00D84EA0">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="005F740A">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>1/</w:t>
+    </w:r>
+    <w:r w:rsidR="00D84EA0">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>7</w:t>
+    </w:r>
+    <w:r w:rsidR="005139C2">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>/202</w:t>
+    </w:r>
+    <w:r w:rsidR="00D84EA0">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>5</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00EA1437">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t>Page 1</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00EA1437">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="00593A84">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>ARR-29</w:t>
+    </w:r>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7596E520" w14:textId="77777777" w:rsidR="009A577A" w:rsidRDefault="009A577A">
+    <w:p w14:paraId="7DCB07C0" w14:textId="77777777" w:rsidR="00F66ECD" w:rsidRDefault="00F66ECD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2B025ABF" w14:textId="77777777" w:rsidR="009A577A" w:rsidRDefault="009A577A">
+    <w:p w14:paraId="0C5247DC" w14:textId="77777777" w:rsidR="00F66ECD" w:rsidRDefault="00F66ECD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...1 lines deleted...]
-    <w:sdtPr>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="794AF82E" w14:textId="77777777" w:rsidR="008F46C0" w:rsidRPr="00AC444A" w:rsidRDefault="008F46C0" w:rsidP="008F46C0">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:id w:val="-903294973"/>
-[...149 lines deleted...]
-  </w:sdt>
+    </w:pPr>
+    <w:r w:rsidRPr="00AC444A">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:noProof/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="35668627" wp14:editId="39355152">
+          <wp:extent cx="1000291" cy="348343"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2" name="Picture 2" title="PCC Logo"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1024233" cy="356681"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="4C1FFA24" w14:textId="77777777" w:rsidR="008F46C0" w:rsidRPr="00AC444A" w:rsidRDefault="008F46C0" w:rsidP="008F46C0">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:noProof/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00AC444A">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:noProof/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Admissions and Records</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="01CC139E" w14:textId="77777777" w:rsidR="008F46C0" w:rsidRDefault="00E35F3B" w:rsidP="008F46C0">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:noProof/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:noProof/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Student Center, Room 260</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="0D195464" w14:textId="77777777" w:rsidR="008F46C0" w:rsidRPr="00AC444A" w:rsidRDefault="00E35F3B" w:rsidP="008F46C0">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:noProof/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:noProof/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Phone: 719-549-3014</w:t>
+    </w:r>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="221006B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="04C41F4C"/>
     <w:lvl w:ilvl="0" w:tplc="33AA5958">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4724,478 +4617,493 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="161967270">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1523856926">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="919944776">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="43330959">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="265699964">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1151287921">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1793937229">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:revisionView w:inkAnnotations="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="0"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="FhDIN2R26GA5lYyN+hgn2GbwAYACyBsRoytO7Wjgv3iIgyEEJ/7BuuevqCsg2FFoXa6WoEtptwtAdKQSbd932g==" w:salt="l1S4Oshvc5pagbuOOS5MsA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003971BB"/>
     <w:rsid w:val="000030F5"/>
     <w:rsid w:val="00017EF1"/>
     <w:rsid w:val="000214CF"/>
     <w:rsid w:val="00027B07"/>
     <w:rsid w:val="00031A0A"/>
     <w:rsid w:val="000409E5"/>
     <w:rsid w:val="00040E06"/>
     <w:rsid w:val="000502CF"/>
     <w:rsid w:val="00050C8F"/>
     <w:rsid w:val="00065D90"/>
     <w:rsid w:val="0007188F"/>
     <w:rsid w:val="00081332"/>
     <w:rsid w:val="00087EF7"/>
     <w:rsid w:val="000A240B"/>
     <w:rsid w:val="000B1E36"/>
     <w:rsid w:val="000C0181"/>
     <w:rsid w:val="000C0F8C"/>
     <w:rsid w:val="000C6DA5"/>
     <w:rsid w:val="000E25A6"/>
     <w:rsid w:val="000F47E2"/>
     <w:rsid w:val="000F496E"/>
     <w:rsid w:val="000F6761"/>
     <w:rsid w:val="001011BE"/>
-    <w:rsid w:val="00101268"/>
     <w:rsid w:val="00140434"/>
     <w:rsid w:val="00141F60"/>
     <w:rsid w:val="00147E6A"/>
     <w:rsid w:val="00150826"/>
     <w:rsid w:val="00154916"/>
     <w:rsid w:val="00156A32"/>
     <w:rsid w:val="00160EFD"/>
     <w:rsid w:val="0016352D"/>
     <w:rsid w:val="0017067D"/>
     <w:rsid w:val="00176012"/>
     <w:rsid w:val="00193FC1"/>
     <w:rsid w:val="001965CD"/>
     <w:rsid w:val="001A03D5"/>
     <w:rsid w:val="001A65C9"/>
     <w:rsid w:val="001C32DF"/>
     <w:rsid w:val="001C6E1C"/>
     <w:rsid w:val="001E3095"/>
     <w:rsid w:val="001E5F44"/>
     <w:rsid w:val="00207073"/>
     <w:rsid w:val="00224D0A"/>
     <w:rsid w:val="002417EF"/>
     <w:rsid w:val="002461F0"/>
     <w:rsid w:val="00251F11"/>
     <w:rsid w:val="00256589"/>
     <w:rsid w:val="00261AAC"/>
     <w:rsid w:val="00265BB3"/>
     <w:rsid w:val="00270BC4"/>
     <w:rsid w:val="00283AC0"/>
     <w:rsid w:val="002871A7"/>
     <w:rsid w:val="00294FB5"/>
+    <w:rsid w:val="002B3EB6"/>
     <w:rsid w:val="002B488E"/>
     <w:rsid w:val="002C36DF"/>
     <w:rsid w:val="002D1298"/>
     <w:rsid w:val="002D2F32"/>
     <w:rsid w:val="002D3C29"/>
     <w:rsid w:val="002E31A1"/>
     <w:rsid w:val="002F1F87"/>
     <w:rsid w:val="00306191"/>
     <w:rsid w:val="00334672"/>
     <w:rsid w:val="00337312"/>
     <w:rsid w:val="003418A9"/>
     <w:rsid w:val="003556BD"/>
     <w:rsid w:val="00366DAA"/>
     <w:rsid w:val="0037277A"/>
     <w:rsid w:val="00380847"/>
     <w:rsid w:val="00380950"/>
+    <w:rsid w:val="00384480"/>
     <w:rsid w:val="00387E5E"/>
     <w:rsid w:val="00390D19"/>
     <w:rsid w:val="003971BB"/>
     <w:rsid w:val="003B4253"/>
     <w:rsid w:val="003B6B55"/>
     <w:rsid w:val="003C3553"/>
     <w:rsid w:val="003D1B1B"/>
+    <w:rsid w:val="003D231A"/>
     <w:rsid w:val="003D5D32"/>
     <w:rsid w:val="003F0640"/>
     <w:rsid w:val="004034E9"/>
+    <w:rsid w:val="00412F8E"/>
     <w:rsid w:val="0041434D"/>
     <w:rsid w:val="0041441D"/>
     <w:rsid w:val="004325F5"/>
     <w:rsid w:val="0043380F"/>
     <w:rsid w:val="00433915"/>
     <w:rsid w:val="00433926"/>
     <w:rsid w:val="0044073B"/>
     <w:rsid w:val="004438B3"/>
     <w:rsid w:val="004443A8"/>
     <w:rsid w:val="00445CD2"/>
     <w:rsid w:val="00445F67"/>
+    <w:rsid w:val="00457CD4"/>
     <w:rsid w:val="00462695"/>
     <w:rsid w:val="0047095C"/>
     <w:rsid w:val="00477BA2"/>
     <w:rsid w:val="00482033"/>
     <w:rsid w:val="0048236B"/>
     <w:rsid w:val="00492B3A"/>
     <w:rsid w:val="004960EC"/>
     <w:rsid w:val="00497B42"/>
     <w:rsid w:val="004A4F69"/>
     <w:rsid w:val="004B0CB6"/>
     <w:rsid w:val="004B7501"/>
     <w:rsid w:val="004B7A38"/>
     <w:rsid w:val="004C28DD"/>
     <w:rsid w:val="004E1635"/>
     <w:rsid w:val="00502C5D"/>
     <w:rsid w:val="005118B4"/>
     <w:rsid w:val="005139C2"/>
     <w:rsid w:val="005156BF"/>
     <w:rsid w:val="005223BC"/>
     <w:rsid w:val="0052258D"/>
     <w:rsid w:val="005243F6"/>
     <w:rsid w:val="005335CD"/>
     <w:rsid w:val="005374B2"/>
     <w:rsid w:val="00546EE5"/>
-    <w:rsid w:val="00547E5B"/>
     <w:rsid w:val="00551869"/>
     <w:rsid w:val="00552BE6"/>
     <w:rsid w:val="00556AFA"/>
     <w:rsid w:val="00560001"/>
     <w:rsid w:val="0056760C"/>
     <w:rsid w:val="0056794D"/>
     <w:rsid w:val="00572F44"/>
     <w:rsid w:val="00574ADD"/>
     <w:rsid w:val="005766B9"/>
     <w:rsid w:val="005829F6"/>
     <w:rsid w:val="005842CC"/>
     <w:rsid w:val="00593A84"/>
     <w:rsid w:val="00595437"/>
     <w:rsid w:val="005B7F51"/>
     <w:rsid w:val="005C0C2A"/>
     <w:rsid w:val="005C5902"/>
     <w:rsid w:val="005C6067"/>
     <w:rsid w:val="005D174D"/>
     <w:rsid w:val="005D45B3"/>
     <w:rsid w:val="005F39F3"/>
     <w:rsid w:val="005F4849"/>
     <w:rsid w:val="005F740A"/>
     <w:rsid w:val="005F7D7E"/>
+    <w:rsid w:val="00601D11"/>
     <w:rsid w:val="00603035"/>
+    <w:rsid w:val="00603565"/>
     <w:rsid w:val="006039BD"/>
     <w:rsid w:val="00605892"/>
     <w:rsid w:val="00607045"/>
+    <w:rsid w:val="006130F7"/>
     <w:rsid w:val="00623D69"/>
     <w:rsid w:val="00627E83"/>
-    <w:rsid w:val="00643DB9"/>
     <w:rsid w:val="00644475"/>
     <w:rsid w:val="00652A50"/>
     <w:rsid w:val="00655ABC"/>
     <w:rsid w:val="00685821"/>
     <w:rsid w:val="00696137"/>
     <w:rsid w:val="006A237F"/>
     <w:rsid w:val="006B5242"/>
     <w:rsid w:val="006C24FD"/>
+    <w:rsid w:val="006C2E57"/>
     <w:rsid w:val="006C59AF"/>
     <w:rsid w:val="006D7E70"/>
     <w:rsid w:val="006E41CB"/>
     <w:rsid w:val="006E64DA"/>
     <w:rsid w:val="006F3635"/>
     <w:rsid w:val="006F7A27"/>
     <w:rsid w:val="00716E2E"/>
     <w:rsid w:val="00722440"/>
     <w:rsid w:val="007307DD"/>
     <w:rsid w:val="007315B0"/>
     <w:rsid w:val="007348B3"/>
     <w:rsid w:val="00740E40"/>
     <w:rsid w:val="00742DF2"/>
     <w:rsid w:val="00750443"/>
     <w:rsid w:val="00757514"/>
+    <w:rsid w:val="00787058"/>
     <w:rsid w:val="007A2A80"/>
+    <w:rsid w:val="007A785C"/>
     <w:rsid w:val="007B116E"/>
+    <w:rsid w:val="007C4F58"/>
     <w:rsid w:val="007D5424"/>
     <w:rsid w:val="007E0BFD"/>
     <w:rsid w:val="007E43C6"/>
     <w:rsid w:val="007E61B4"/>
     <w:rsid w:val="007F2FCD"/>
     <w:rsid w:val="0080216D"/>
     <w:rsid w:val="00802BF7"/>
     <w:rsid w:val="008276CB"/>
     <w:rsid w:val="00832617"/>
     <w:rsid w:val="008326CB"/>
     <w:rsid w:val="00833B52"/>
     <w:rsid w:val="00842369"/>
     <w:rsid w:val="00851F07"/>
     <w:rsid w:val="00856CCB"/>
     <w:rsid w:val="0088060A"/>
     <w:rsid w:val="00887C05"/>
     <w:rsid w:val="008A3B6D"/>
     <w:rsid w:val="008B6C38"/>
     <w:rsid w:val="008C20A6"/>
     <w:rsid w:val="008C7175"/>
     <w:rsid w:val="008F46C0"/>
     <w:rsid w:val="008F5D2F"/>
     <w:rsid w:val="00907437"/>
     <w:rsid w:val="00962A32"/>
     <w:rsid w:val="00963493"/>
     <w:rsid w:val="00967DE8"/>
     <w:rsid w:val="00967ECA"/>
     <w:rsid w:val="009765EF"/>
     <w:rsid w:val="00977DBF"/>
+    <w:rsid w:val="00991831"/>
     <w:rsid w:val="00997112"/>
     <w:rsid w:val="00997B22"/>
     <w:rsid w:val="009A2A3F"/>
     <w:rsid w:val="009A577A"/>
     <w:rsid w:val="009A6C58"/>
     <w:rsid w:val="009B6E9D"/>
     <w:rsid w:val="009C0B87"/>
     <w:rsid w:val="009C2987"/>
     <w:rsid w:val="009C2FDC"/>
     <w:rsid w:val="009D660A"/>
     <w:rsid w:val="009F2982"/>
     <w:rsid w:val="009F3C2C"/>
     <w:rsid w:val="00A0139A"/>
     <w:rsid w:val="00A05B34"/>
     <w:rsid w:val="00A05E90"/>
     <w:rsid w:val="00A11F3E"/>
     <w:rsid w:val="00A17248"/>
     <w:rsid w:val="00A243A0"/>
+    <w:rsid w:val="00A24F0C"/>
     <w:rsid w:val="00A50D22"/>
     <w:rsid w:val="00A50E9F"/>
     <w:rsid w:val="00A5738E"/>
     <w:rsid w:val="00A6153C"/>
     <w:rsid w:val="00A631EF"/>
     <w:rsid w:val="00A82205"/>
     <w:rsid w:val="00A961F9"/>
     <w:rsid w:val="00AA0DCF"/>
     <w:rsid w:val="00AA3BA8"/>
     <w:rsid w:val="00AB76EA"/>
     <w:rsid w:val="00AC567F"/>
     <w:rsid w:val="00AC7422"/>
     <w:rsid w:val="00AC7442"/>
     <w:rsid w:val="00AD4432"/>
     <w:rsid w:val="00AF105A"/>
     <w:rsid w:val="00AF241A"/>
     <w:rsid w:val="00AF4011"/>
     <w:rsid w:val="00B107CF"/>
     <w:rsid w:val="00B14796"/>
+    <w:rsid w:val="00B169AC"/>
     <w:rsid w:val="00B35C92"/>
     <w:rsid w:val="00B467F7"/>
     <w:rsid w:val="00B51036"/>
     <w:rsid w:val="00B525E6"/>
     <w:rsid w:val="00B73705"/>
     <w:rsid w:val="00B83B5D"/>
     <w:rsid w:val="00B910B4"/>
     <w:rsid w:val="00B916D2"/>
     <w:rsid w:val="00B94456"/>
     <w:rsid w:val="00BA1CDA"/>
+    <w:rsid w:val="00BA4E68"/>
     <w:rsid w:val="00BB6A65"/>
     <w:rsid w:val="00BB7E71"/>
     <w:rsid w:val="00BD5E3D"/>
     <w:rsid w:val="00BE39EC"/>
     <w:rsid w:val="00BF03AC"/>
     <w:rsid w:val="00C00B1A"/>
     <w:rsid w:val="00C03807"/>
     <w:rsid w:val="00C04B74"/>
     <w:rsid w:val="00C20737"/>
     <w:rsid w:val="00C20B4D"/>
     <w:rsid w:val="00C310ED"/>
     <w:rsid w:val="00C607F7"/>
     <w:rsid w:val="00C60A3F"/>
     <w:rsid w:val="00C664BC"/>
     <w:rsid w:val="00C66E63"/>
     <w:rsid w:val="00C70EF9"/>
     <w:rsid w:val="00C72F4C"/>
     <w:rsid w:val="00C7780A"/>
     <w:rsid w:val="00C9234E"/>
     <w:rsid w:val="00C932BC"/>
     <w:rsid w:val="00CC24AD"/>
-    <w:rsid w:val="00CC2EF7"/>
+    <w:rsid w:val="00CC78BB"/>
     <w:rsid w:val="00CE77B1"/>
     <w:rsid w:val="00CE7A2B"/>
     <w:rsid w:val="00CF529E"/>
     <w:rsid w:val="00D02DDB"/>
     <w:rsid w:val="00D02E66"/>
     <w:rsid w:val="00D044BC"/>
     <w:rsid w:val="00D050A0"/>
-    <w:rsid w:val="00D06B71"/>
     <w:rsid w:val="00D16133"/>
     <w:rsid w:val="00D32142"/>
     <w:rsid w:val="00D51CEE"/>
     <w:rsid w:val="00D6375B"/>
     <w:rsid w:val="00D674DF"/>
+    <w:rsid w:val="00D84EA0"/>
     <w:rsid w:val="00D93794"/>
+    <w:rsid w:val="00DA4077"/>
     <w:rsid w:val="00DC0044"/>
     <w:rsid w:val="00DC21EE"/>
     <w:rsid w:val="00DC4971"/>
     <w:rsid w:val="00DD384B"/>
     <w:rsid w:val="00DD48BB"/>
     <w:rsid w:val="00DE6CC9"/>
     <w:rsid w:val="00DE7BA3"/>
     <w:rsid w:val="00E14D59"/>
     <w:rsid w:val="00E20263"/>
     <w:rsid w:val="00E221E4"/>
     <w:rsid w:val="00E23E57"/>
     <w:rsid w:val="00E323BF"/>
     <w:rsid w:val="00E35F3B"/>
     <w:rsid w:val="00E5123E"/>
     <w:rsid w:val="00E56196"/>
     <w:rsid w:val="00E64ACF"/>
     <w:rsid w:val="00E73594"/>
     <w:rsid w:val="00E7707E"/>
     <w:rsid w:val="00E85405"/>
     <w:rsid w:val="00EB23FF"/>
     <w:rsid w:val="00EB61DA"/>
     <w:rsid w:val="00EC4244"/>
+    <w:rsid w:val="00ED3A48"/>
     <w:rsid w:val="00EF0DBF"/>
     <w:rsid w:val="00EF76BF"/>
     <w:rsid w:val="00F00F9E"/>
     <w:rsid w:val="00F07E83"/>
     <w:rsid w:val="00F14525"/>
     <w:rsid w:val="00F14855"/>
     <w:rsid w:val="00F236D1"/>
     <w:rsid w:val="00F31BA8"/>
     <w:rsid w:val="00F35DC0"/>
-    <w:rsid w:val="00F42AE9"/>
     <w:rsid w:val="00F50246"/>
     <w:rsid w:val="00F50D9B"/>
     <w:rsid w:val="00F60974"/>
     <w:rsid w:val="00F61359"/>
     <w:rsid w:val="00F61E7E"/>
+    <w:rsid w:val="00F66ECD"/>
     <w:rsid w:val="00F818E3"/>
     <w:rsid w:val="00F82380"/>
+    <w:rsid w:val="00F86C7A"/>
     <w:rsid w:val="00F929F6"/>
     <w:rsid w:val="00FA5578"/>
     <w:rsid w:val="00FB6FFF"/>
     <w:rsid w:val="00FC1FF7"/>
     <w:rsid w:val="00FC4EA2"/>
     <w:rsid w:val="00FC650B"/>
     <w:rsid w:val="00FD486B"/>
     <w:rsid w:val="00FD48F5"/>
     <w:rsid w:val="00FD7C74"/>
     <w:rsid w:val="00FE2B20"/>
     <w:rsid w:val="00FE4926"/>
     <w:rsid w:val="00FE5AAC"/>
     <w:rsid w:val="00FF4AA9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="663355DF"/>
   <w15:docId w15:val="{D1F6025A-19DC-4EBB-BF5B-77EDF41B71E4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5520,50 +5428,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="000F496E"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00B14796"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
@@ -5772,55 +5681,67 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00EB61DA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FormField">
     <w:name w:val="Form Field"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00EB61DA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="20"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BA4E68"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="48504457">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="893085499">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5848,51 +5769,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_1081868574"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{37E4B505-6751-408C-8B40-ED6B400F2E29}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00314ADB" w:rsidRDefault="000C686F">
           <w:r w:rsidRPr="00A33AF2">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
@@ -6456,82 +6377,56 @@
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{EB3A84AA-FBF7-442F-885A-4289ED3D6653}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00940287" w:rsidRDefault="009808BB" w:rsidP="009808BB">
           <w:pPr>
             <w:pStyle w:val="D6B2E9CA48DA40A182AB4E34DCB1A5FB"/>
           </w:pPr>
           <w:r w:rsidRPr="00A33AF2">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
-    <w:docPart>
-[...24 lines deleted...]
-    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -6544,130 +6439,141 @@
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
-  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000C686F"/>
     <w:rsid w:val="0000577D"/>
     <w:rsid w:val="000C686F"/>
-    <w:rsid w:val="00101268"/>
+    <w:rsid w:val="00221064"/>
+    <w:rsid w:val="002B3EB6"/>
     <w:rsid w:val="002D638C"/>
     <w:rsid w:val="00314ADB"/>
     <w:rsid w:val="004570FE"/>
+    <w:rsid w:val="00457CD4"/>
+    <w:rsid w:val="00465583"/>
+    <w:rsid w:val="00595AE8"/>
     <w:rsid w:val="006A6068"/>
     <w:rsid w:val="006B7949"/>
+    <w:rsid w:val="007C4F58"/>
     <w:rsid w:val="008C478A"/>
     <w:rsid w:val="00940287"/>
     <w:rsid w:val="009808BB"/>
-    <w:rsid w:val="009B6A45"/>
+    <w:rsid w:val="00991831"/>
     <w:rsid w:val="00AB5D6E"/>
+    <w:rsid w:val="00B169AC"/>
     <w:rsid w:val="00C4361B"/>
-    <w:rsid w:val="00D06B71"/>
+    <w:rsid w:val="00DA4077"/>
+    <w:rsid w:val="00ED3A48"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -6999,88 +6905,89 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="009B6A45"/>
+    <w:rsid w:val="008C478A"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D3F341C7850A4982B341EB8A5441A7D4">
     <w:name w:val="D3F341C7850A4982B341EB8A5441A7D4"/>
     <w:rsid w:val="000C686F"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F4DAB813F01841F4A344E07E679F65C7">
     <w:name w:val="F4DAB813F01841F4A344E07E679F65C7"/>
     <w:rsid w:val="000C686F"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8C2759BC60FE4265AB1F5AF25B4664B5">
     <w:name w:val="8C2759BC60FE4265AB1F5AF25B4664B5"/>
     <w:rsid w:val="009808BB"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8CFF70659C7E43CD90C80AE7E03CB220">
     <w:name w:val="8CFF70659C7E43CD90C80AE7E03CB220"/>
     <w:rsid w:val="009808BB"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BA28118758C1467EAC4FEB6F623A6A0A">
     <w:name w:val="BA28118758C1467EAC4FEB6F623A6A0A"/>
     <w:rsid w:val="009808BB"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C71183BFFB19427DB30D7E2AE8C489A2">
@@ -7125,51 +7032,51 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1535F20F501244018AD62307989E6441">
     <w:name w:val="1535F20F501244018AD62307989E6441"/>
     <w:rsid w:val="009808BB"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="43BF3A81C6084E208021215F33C9A15E">
     <w:name w:val="43BF3A81C6084E208021215F33C9A15E"/>
     <w:rsid w:val="009808BB"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1B137D1687E04882862D0C56F842B765">
     <w:name w:val="1B137D1687E04882862D0C56F842B765"/>
     <w:rsid w:val="009808BB"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D437EEDF1DEE4247A6A0E2A02DCA2CC0">
     <w:name w:val="D437EEDF1DEE4247A6A0E2A02DCA2CC0"/>
     <w:rsid w:val="009808BB"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D6B2E9CA48DA40A182AB4E34DCB1A5FB">
     <w:name w:val="D6B2E9CA48DA40A182AB4E34DCB1A5FB"/>
     <w:rsid w:val="009808BB"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -7423,79 +7330,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C225BA0-07C4-45F0-B068-3B6045A7DC2A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C5CC4AE-9444-4456-BA70-D9669790F47F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>220</Words>
-  <Characters>1591</Characters>
+  <Words>243</Words>
+  <Characters>1587</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>61</Lines>
+  <Paragraphs>55</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PUEBLO COMMUNITY COLLEGE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Pueblo Community College</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1808</CharactersWithSpaces>
+  <CharactersWithSpaces>1775</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PUEBLO COMMUNITY COLLEGE</dc:title>
   <dc:creator>Deherrera</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>